--- v0 (2025-12-02)
+++ v1 (2026-02-01)
@@ -430,2476 +430,1481 @@
           <w:color w:val="A6A6A6"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>interlineado</w:t>
       </w:r>
       <w:r w:rsidR="0031364C" w:rsidRPr="0031364C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="A6A6A6"/>
           <w:spacing w:val="-8"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0031364C" w:rsidRPr="0031364C">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="A6A6A6"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>sencillo)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B6B143B" w14:textId="77777777" w:rsidR="00BF4A86" w:rsidRPr="0031364C" w:rsidRDefault="00BF4A86" w:rsidP="00D57660">
+    <w:p w14:paraId="6B6B143B" w14:textId="77777777" w:rsidR="00BF4A86" w:rsidRDefault="00BF4A86" w:rsidP="00D57660">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="58283BCF" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D57660">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03F5A472" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="0031364C" w:rsidRDefault="00D819C1" w:rsidP="00D57660">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="05F41772" w14:textId="77777777" w:rsidR="00EF2D8F" w:rsidRDefault="00EF2D8F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00341535" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="00953F51" w:rsidRDefault="003C5623">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula"/>
+        <w:tblW w:w="8931" w:type="dxa"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1989"/>
+        <w:gridCol w:w="6942"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D819C1" w:rsidRPr="002F0884" w14:paraId="33BB5AE9" w14:textId="77777777" w:rsidTr="00E74D1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D9D01B8" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="01PaperTitle"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk217390801"/>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>KEYWORDS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3B57D60C" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="01PaperTitle"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ABSTRACT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D819C1" w:rsidRPr="0005789C" w14:paraId="2BAF1F09" w14:textId="77777777" w:rsidTr="00E74D1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D931FBE" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="Textoindependiente"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D819C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eyword 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6717C4B4" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="Textoindependiente"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D819C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eyword 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C2BC507" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="Textoindependiente"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D819C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eyword 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="639415B9" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="Textoindependiente"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D819C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>eyword 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55291FDD" w14:textId="2FF598E8" w:rsidR="00D819C1" w:rsidRPr="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="Textoindependiente"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="97"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>K</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D819C1">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eyword 5; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73438486" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Abstract</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in English. Texto de un único párrafo, máximo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 y 250 palabras, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Avenir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>, justificado e interlineado sencillo).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> El resumen debe contar con </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Metodología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Resultados</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Discusión</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Conclusiones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CE14050" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CD5FE3C" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="0031364C" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25B8555A" w14:textId="160FB29A" w:rsidR="00D819C1" w:rsidRPr="003F414B" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:i w:val="0"/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D819C1" w:rsidRPr="002F0884" w14:paraId="632ECF87" w14:textId="77777777" w:rsidTr="00E74D1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78465EBA" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="00610296" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EAD0A32" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="00610296" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0F6CE720" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PALABRAS CLAVE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5FEB6AA0" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65665836" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2252F286" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="6Abstract-Resumen"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>RESUMEN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D819C1" w:rsidRPr="002F0884" w14:paraId="6BFC2C91" w14:textId="77777777" w:rsidTr="00E74D1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C9524F5" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alabra clave 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="495F499F" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alabra clave 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22347F54" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alabra clave 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D397852" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alabra clave 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51BFEC8B" w14:textId="50C9D853" w:rsidR="00D819C1" w:rsidRPr="00AD0BEF" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:right="229"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alabra clave 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E070C9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67C6FEF0" w14:textId="5ADBA729" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Resumen en español</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Texto de un único párrafo, máximo </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200 y 250 palabras, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Avenir</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>, justificado e interlineado sencillo).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> El resumen debe contar con </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Metodología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Resultados</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Discusión</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0031364C">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>Conclusiones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="513BE726" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D5F1AE0" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:ind w:right="229"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4AE27054" w14:textId="02FABA3A" w:rsidR="00D819C1" w:rsidRPr="00D819C1" w:rsidRDefault="00D819C1" w:rsidP="00D819C1">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-EC"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D819C1" w:rsidRPr="002F0884" w14:paraId="21BEE108" w14:textId="77777777" w:rsidTr="00E74D1D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1989" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44469FA6" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="0005789C" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="01PaperTitle"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6942" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64678F93" w14:textId="45DC8815" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="5TitleIntro"/>
+              <w:spacing w:before="240"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recibido: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>mm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aaaa</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73FBE64C" w14:textId="55B322A8" w:rsidR="00D819C1" w:rsidRPr="002F0884" w:rsidRDefault="00D819C1" w:rsidP="00E74D1D">
+            <w:pPr>
+              <w:pStyle w:val="5TitleIntro"/>
+              <w:spacing w:after="240"/>
+              <w:ind w:right="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002F0884">
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aceptado: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>dd</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>mm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="ED7D31" w:themeColor="accent2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>aaaa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="3"/>
+    </w:tbl>
+    <w:p w14:paraId="48EA370A" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRPr="00D819C1" w:rsidRDefault="00D819C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41AFD2CA" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...902 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="691E4CD8" w14:textId="77777777" w:rsidR="00B550D6" w:rsidRPr="00953F51" w:rsidRDefault="00B550D6" w:rsidP="00B550D6">
+    <w:p w14:paraId="6CD49F61" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A76FC52" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="00953F51" w:rsidRDefault="000D4121">
+    <w:p w14:paraId="174422C0" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51BAB5B2" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="00953F51" w:rsidRDefault="000D4121">
+    <w:p w14:paraId="11590260" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02D95AB0" w14:textId="77777777" w:rsidR="00F44039" w:rsidRPr="00953F51" w:rsidRDefault="00F44039">
+    <w:p w14:paraId="4BCB874A" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6778D06D" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="013FFF5F" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20E0D22C" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="6EC6E7C7" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BEBB407" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="0031364C" w:rsidP="006568E5">
+    <w:p w14:paraId="0138AB49" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="548AAFE3" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...276 lines deleted...]
-      </w:r>
+          <w:lang w:val="es-EC"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C666CC6" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="4870E93F" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1067C7EB" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="52BBDD55" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="786D29A1" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="496472E5" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EE30C96" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="5423C859" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37669D27" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="0D8D3296" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76A79FA8" w14:textId="77777777" w:rsidR="00F44039" w:rsidRPr="00953F51" w:rsidRDefault="00F44039">
+    <w:p w14:paraId="5ECC9E02" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17A4DC9B" w14:textId="77777777" w:rsidR="002F4BBC" w:rsidRPr="00953F51" w:rsidRDefault="002F4BBC" w:rsidP="00F1680D">
+    <w:p w14:paraId="43E6E7D5" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AAFE16E" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="00953F51" w:rsidRDefault="000D4121">
+    <w:p w14:paraId="3EE942FC" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3867F880" w14:textId="77777777" w:rsidR="005F4664" w:rsidRPr="00953F51" w:rsidRDefault="005F4664" w:rsidP="006568E5">
+    <w:p w14:paraId="58F63F46" w14:textId="77777777" w:rsidR="00D819C1" w:rsidRDefault="00D819C1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07B5218B" w14:textId="77777777" w:rsidR="00A52CA8" w:rsidRPr="00953F51" w:rsidRDefault="00A52CA8" w:rsidP="006568E5">
-[...963 lines deleted...]
-    <w:p w14:paraId="2B6FD0D9" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="003C5623" w:rsidRDefault="00000000" w:rsidP="003C5623">
+    <w:p w14:paraId="2B6FD0D9" w14:textId="08B94345" w:rsidR="000D4121" w:rsidRPr="003C5623" w:rsidRDefault="00000000" w:rsidP="003C5623">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003C5623">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="ED7D31" w:themeColor="accent2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Introduction</w:t>
-      </w:r>
+        <w:t>Introduc</w:t>
+      </w:r>
+      <w:r w:rsidR="00D819C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="ED7D31" w:themeColor="accent2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ción</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="7BABEBF8" w14:textId="77777777" w:rsidR="00CC784A" w:rsidRPr="00CC784A" w:rsidRDefault="00CC784A" w:rsidP="00CC784A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC784A">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Este es el primer párrafo. Por favor use Avenir 11. El párrafo de arranque no tiene sangría.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D8892D1" w14:textId="77777777" w:rsidR="00CC784A" w:rsidRPr="00CC784A" w:rsidRDefault="00CC784A" w:rsidP="00CC784A">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
@@ -2969,51 +1974,50 @@
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC784A">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>La metodología presenta un análisis detallado del diseño del estudio, explicando la selección y características de la población y muestra, junto con los criterios de inclusión y exclusión. Describe minuciosamente los procedimientos y materiales utilizados para la recolección de datos, incluyendo los instrumentos o tecnologías específicas empleadas. Además, detalla los métodos de análisis de datos aplicados, desde las técnicas estadísticas hasta el software de análisis, garantizando que otros investigadores puedan replicar el estudio o evaluar su rigor metodológico.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5554D19B" w14:textId="77777777" w:rsidR="00EF2D8F" w:rsidRPr="00EF2D8F" w:rsidRDefault="00EF2D8F" w:rsidP="00EF2D8F">
       <w:pPr>
         <w:spacing w:before="120" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC784A">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Cuando se incluyan tablas y figuras en el cuerpo del artículo, posiciónelas después del párrafo en el que son descritas. </w:t>
       </w:r>
       <w:r w:rsidRPr="00EF2D8F">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>Cuando cite la fuente de información, debe incluirla en la parte de abajo de la figura en una “línea de fuente”. Las tablas y figuras deben estar numeradas y llevar un título breve y descriptivo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31FA117C" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00EF2D8F" w:rsidP="00F65525">
       <w:pPr>
         <w:pStyle w:val="TableFigureHeader"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F65525">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
           <w:b/>
@@ -3176,166 +2180,136 @@
               <w:pStyle w:val="FirstParaOfSectionTextStyle0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de la </w:t>
+              <w:t xml:space="preserve"> de la columna</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F8FE6CA" w14:textId="77777777" w:rsidR="00EF2D8F" w:rsidRPr="00EF2D8F" w:rsidRDefault="00EF2D8F" w:rsidP="00541516">
             <w:pPr>
               <w:pStyle w:val="FirstParaOfSectionTextStyle0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de la </w:t>
+              <w:t xml:space="preserve"> de la columna</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E95A6A0" w14:textId="77777777" w:rsidR="00EF2D8F" w:rsidRPr="00EF2D8F" w:rsidRDefault="00EF2D8F" w:rsidP="00541516">
             <w:pPr>
               <w:pStyle w:val="FirstParaOfSectionTextStyle0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00EF2D8F">
               <w:rPr>
                 <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de la </w:t>
+              <w:t xml:space="preserve"> de la columna</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF2D8F" w:rsidRPr="00EF2D8F" w14:paraId="20AD1518" w14:textId="77777777" w:rsidTr="00541516">
         <w:trPr>
           <w:trHeight w:val="310"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C8F3D41" w14:textId="77777777" w:rsidR="00EF2D8F" w:rsidRPr="00EF2D8F" w:rsidRDefault="00EF2D8F" w:rsidP="00541516">
             <w:pPr>
               <w:pStyle w:val="FirstParaOfSectionTextStyle0"/>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -3639,116 +2613,123 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC784A">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>La sección de resultados organiza y presenta los datos obtenidos de manera sistemática, utilizando tablas, figuras y análisis estadísticos para ilustrar los hallazgos principales. Se enfoca en mostrar los resultados objetivamente, evitando interpretaciones o conclusiones prematuras. Además, resalta cómo estos hallazgos se alinean o difieren de las expectativas basadas en los objetivos o hipótesis planteadas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592E5E38" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00F65525">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62E18227" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00F65525" w:rsidP="00F65525">
-      <w:pPr>
+    <w:p w14:paraId="62E18227" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00F65525" w:rsidP="00D819C1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F65525">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Figura 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65525">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t xml:space="preserve">Avenir </w:t>
       </w:r>
       <w:r w:rsidRPr="00F65525">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65525">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
         <w:t>, negrita, centrado, interlineado sencillo, numeración correlativa).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="004AFD05" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00F65525">
-      <w:pPr>
+    <w:p w14:paraId="004AFD05" w14:textId="77777777" w:rsidR="00F65525" w:rsidRDefault="00F65525" w:rsidP="00D819C1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-EC"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57D95D0A" w14:textId="77777777" w:rsidR="00CC784A" w:rsidRDefault="00F65525" w:rsidP="00F65525">
-      <w:pPr>
+    <w:p w14:paraId="57D95D0A" w14:textId="77777777" w:rsidR="00CC784A" w:rsidRDefault="00F65525" w:rsidP="00D819C1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE "/Users/carlosbarros/Library/Group Containers/UBF8T346G9.ms/WebArchiveCopyPasteTempFiles/com.microsoft.Word/hockey-stick-plot.jpg" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07751042" wp14:editId="30FD5638">
             <wp:extent cx="2671948" cy="2016458"/>
             <wp:effectExtent l="0" t="0" r="0" b="3175"/>
             <wp:docPr id="1257375909" name="Imagen 9" descr="10 gráficos estadísticos para aprovechar tus datos - Parte 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7283,122 +6264,122 @@
           <w:lang w:val="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA6B2B" w:rsidRPr="0031364C" w:rsidSect="004D51C1">
       <w:headerReference w:type="even" r:id="rId12"/>
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="even" r:id="rId14"/>
       <w:footerReference w:type="default" r:id="rId15"/>
       <w:headerReference w:type="first" r:id="rId16"/>
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="11901" w:h="16840"/>
       <w:pgMar w:top="1600" w:right="1701" w:bottom="1655" w:left="1701" w:header="709" w:footer="336" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C021491" w14:textId="77777777" w:rsidR="0032450E" w:rsidRDefault="0032450E" w:rsidP="006568E5">
+    <w:p w14:paraId="7084D099" w14:textId="77777777" w:rsidR="006D1716" w:rsidRDefault="006D1716" w:rsidP="006568E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D1C19F5" w14:textId="77777777" w:rsidR="0032450E" w:rsidRDefault="0032450E" w:rsidP="006568E5">
+    <w:p w14:paraId="5DD96C42" w14:textId="77777777" w:rsidR="006D1716" w:rsidRDefault="006D1716" w:rsidP="006568E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Book">
-    <w:panose1 w:val="02000503020000020003"/>
+    <w:altName w:val="Tw Cen MT"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000AF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -7538,68 +6519,94 @@
                       <a:ln w="12700"/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent2"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="446317E9" id="Conector recto 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-17.35pt,1pt" to="-17.35pt,36.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDolONspAEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzfWWe30KJosz20gguC&#13;&#10;io8f4DrjjSXbY9lmk/33jJ2QrQAJgXpx7PG8N/OeJ/vbyVl2gpgM+o5vNw1n4BX2xh87/u3ru1dv&#13;&#10;OUtZ+l5a9NDxMyR+e3j5Yj+GFnY4oO0hMiLxqR1Dx4ecQytEUgM4mTYYwNOlxuhkpmM8ij7Kkdid&#13;&#10;FbumuRYjxj5EVJASRe/nS36o/FqDyp+0TpCZ7Tj1lusa6/pYVnHYy/YYZRiMWtqQ/9GFk8ZT0ZXq&#13;&#10;XmbJvkfzG5UzKmJCnTcKnUCtjYKqgdRsm1/UfBlkgKqFzElhtSk9H636eLrzD5FsGENqU3iIRcWk&#13;&#10;oytf6o9N1azzahZMmak5qCj6+k1zdXNdfBQXXIgpvwd0rGw6bo0vMmQrTx9SnlN/ppSw9Wyk4dnd&#13;&#10;NPVBxKWVustnC3PaZ9DM9FR8W+nqlMCdjewk6X2lUuDzbunFesouMG2sXYHN34FLfoFCnaB/Aa+I&#13;&#10;Whl9XsHOeIx/qp6n7dKynvPJyie6y/YR+3N9pHpBo1DdXsa2zNrTc4Vffq7DDwAAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhALXYydvhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbi1&#13;&#10;TtOKljROhaiQuHCg9MDRibdxhH8i20nTt2cRB3pZaTS7s/OV+8kaNmKInXcClosMGLrGq861Ak6f&#13;&#10;r/MtsJikU9J4hwKuGGFf3d+VslD+4j5wPKaWUYiLhRSgU+oLzmOj0cq48D068s4+WJlIhparIC8U&#13;&#10;bg3Ps+yRW9k5+qBljy8am+/jYAUchjCu1r2u3326mvPXWzjhthbiYTYddjSed8ASTun/An4ZqD9U&#13;&#10;VKz2g1ORGQHz1XpDqwJy4iL/T9cCNvkT8KrktxTVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#13;&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#13;&#10;AAAAIQDolONspAEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#13;&#10;BgAIAAAAIQC12Mnb4QAAAA0BAAAPAAAAAAAAAAAAAAAAAP4DAABkcnMvZG93bnJldi54bWxQSwUG&#13;&#10;AAAAAAQABADzAAAADAUAAAAA&#13;&#10;" strokecolor="#ed7d31 [3205]" strokeweight="1pt">
+            <v:line w14:anchorId="446317E9" id="Conector recto 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-17.35pt,1pt" to="-17.35pt,36.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDolONspAEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v1DAQvSPxHyzfWWe30KJosz20gguC&#10;io8f4DrjjSXbY9lmk/33jJ2QrQAJgXpx7PG8N/OeJ/vbyVl2gpgM+o5vNw1n4BX2xh87/u3ru1dv&#10;OUtZ+l5a9NDxMyR+e3j5Yj+GFnY4oO0hMiLxqR1Dx4ecQytEUgM4mTYYwNOlxuhkpmM8ij7Kkdid&#10;FbumuRYjxj5EVJASRe/nS36o/FqDyp+0TpCZ7Tj1lusa6/pYVnHYy/YYZRiMWtqQ/9GFk8ZT0ZXq&#10;XmbJvkfzG5UzKmJCnTcKnUCtjYKqgdRsm1/UfBlkgKqFzElhtSk9H636eLrzD5FsGENqU3iIRcWk&#10;oytf6o9N1azzahZMmak5qCj6+k1zdXNdfBQXXIgpvwd0rGw6bo0vMmQrTx9SnlN/ppSw9Wyk4dnd&#10;NPVBxKWVustnC3PaZ9DM9FR8W+nqlMCdjewk6X2lUuDzbunFesouMG2sXYHN34FLfoFCnaB/Aa+I&#10;Whl9XsHOeIx/qp6n7dKynvPJyie6y/YR+3N9pHpBo1DdXsa2zNrTc4Vffq7DDwAAAP//AwBQSwME&#10;FAAGAAgAAAAhALXYydvhAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1lbi1&#10;TtOKljROhaiQuHCg9MDRibdxhH8i20nTt2cRB3pZaTS7s/OV+8kaNmKInXcClosMGLrGq861Ak6f&#10;r/MtsJikU9J4hwKuGGFf3d+VslD+4j5wPKaWUYiLhRSgU+oLzmOj0cq48D068s4+WJlIhparIC8U&#10;bg3Ps+yRW9k5+qBljy8am+/jYAUchjCu1r2u3326mvPXWzjhthbiYTYddjSed8ASTun/An4ZqD9U&#10;VKz2g1ORGQHz1XpDqwJy4iL/T9cCNvkT8KrktxTVDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDolONspAEAAKQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQC12Mnb4QAAAA0BAAAPAAAAAAAAAAAAAAAAAP4DAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAADAUAAAAA&#10;" strokecolor="#ed7d31 [3205]" strokeweight="1pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Prisma Social revista de ciencias sociales , Vol. 9, No. 1</w:t>
+      <w:t xml:space="preserve">Prisma Social revista de ciencias </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>sociales ,</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Vol. 9, No. 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="76635BBF" w14:textId="77777777" w:rsidR="000D4121" w:rsidRDefault="004D51C1" w:rsidP="004D51C1">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004D51C1">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:noProof/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D59E758" wp14:editId="7D0D255C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
@@ -7627,64 +6634,82 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent2"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="682D502B" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-51.75pt,13.65pt" to="397.45pt,13.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCjQS0ZnQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsouipvuwK3hB&#13;&#10;sOLyAV5n3FiyPdbYNOnfM3bbFAESAvHi+DLnzJwzk+397J04ACWLoZfrVSsFBI2DDftefv3y9tUb&#13;&#10;KVJWYVAOA/TyCEne716+2E6xgw2O6AYgwSQhdVPs5Zhz7Jom6RG8SiuMEPjRIHmV+Uj7ZiA1Mbt3&#13;&#10;zaZtb5sJaYiEGlLi28fTo9xVfmNA54/GJMjC9ZJry3Wluj6XtdltVbcnFUerz2Wof6jCKxs46UL1&#13;&#10;qLIS38j+QuWtJkxo8kqjb9AYq6FqYDXr9ic1n0cVoWphc1JcbEr/j1Z/ODyEJ2Ibppi6FJ+oqJgN&#13;&#10;+fLl+sRczTouZsGchebL13ftzd3tjRT68tZcgZFSfgfoRdn00tlQdKhOHd6nzMk49BLCh2vqustH&#13;&#10;ByXYhU9ghB042bqi61TAgyNxUNxPpTWEvCk9ZL4aXWDGOrcA2z8Dz/EFCnVi/ga8IGpmDHkBexuQ&#13;&#10;fpc9z+tzyeYUf3HgpLtY8IzDsTalWsOtrwrPY1pm68dzhV9/pt13AAAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEAIaoKTeIAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPTW/CMAy9T9p/iIy0G6TANkZpiibQ&#13;&#10;kOA2yoVb2pi2onGqJpTu38/TDtvFkv2e30eyHmwjeux87UjBdBKBQCqcqalUcMo+xm8gfNBkdOMI&#13;&#10;FXyhh3X6+JDo2Lg7fWJ/DKVgEfKxVlCF0MZS+qJCq/3EtUiMXVxndeC1K6Xp9J3FbSNnUfQqra6J&#13;&#10;HSrd4qbC4nq8WQXZIW/cpnfbnT37/S7H/Sm7npV6Gg3bFY/3FYiAQ/j7gJ8OnB9SDpa7GxkvGgXj&#13;&#10;aTR/Ya6C2WIOghmL5fMSRP57kGki//dIvwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#13;&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#13;&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCj&#13;&#10;QS0ZnQEAAJQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQAhqgpN4gAAAA8BAAAPAAAAAAAAAAAAAAAAAPcDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#13;&#10;BADzAAAABgUAAAAA&#13;&#10;" strokecolor="#ed7d31 [3205]" strokeweight=".5pt">
+            <v:line w14:anchorId="682D502B" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-51.75pt,13.65pt" to="397.45pt,13.65pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjQS0ZnQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsouipvuwK3hB&#10;sOLyAV5n3FiyPdbYNOnfM3bbFAESAvHi+DLnzJwzk+397J04ACWLoZfrVSsFBI2DDftefv3y9tUb&#10;KVJWYVAOA/TyCEne716+2E6xgw2O6AYgwSQhdVPs5Zhz7Jom6RG8SiuMEPjRIHmV+Uj7ZiA1Mbt3&#10;zaZtb5sJaYiEGlLi28fTo9xVfmNA54/GJMjC9ZJry3Wluj6XtdltVbcnFUerz2Wof6jCKxs46UL1&#10;qLIS38j+QuWtJkxo8kqjb9AYq6FqYDXr9ic1n0cVoWphc1JcbEr/j1Z/ODyEJ2Ibppi6FJ+oqJgN&#10;+fLl+sRczTouZsGchebL13ftzd3tjRT68tZcgZFSfgfoRdn00tlQdKhOHd6nzMk49BLCh2vqustH&#10;ByXYhU9ghB042bqi61TAgyNxUNxPpTWEvCk9ZL4aXWDGOrcA2z8Dz/EFCnVi/ga8IGpmDHkBexuQ&#10;fpc9z+tzyeYUf3HgpLtY8IzDsTalWsOtrwrPY1pm68dzhV9/pt13AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAIaoKTeIAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbExPTW/CMAy9T9p/iIy0G6TANkZpiibQ&#10;kOA2yoVb2pi2onGqJpTu38/TDtvFkv2e30eyHmwjeux87UjBdBKBQCqcqalUcMo+xm8gfNBkdOMI&#10;FXyhh3X6+JDo2Lg7fWJ/DKVgEfKxVlCF0MZS+qJCq/3EtUiMXVxndeC1K6Xp9J3FbSNnUfQqra6J&#10;HSrd4qbC4nq8WQXZIW/cpnfbnT37/S7H/Sm7npV6Gg3bFY/3FYiAQ/j7gJ8OnB9SDpa7GxkvGgXj&#10;aTR/Ya6C2WIOghmL5fMSRP57kGki//dIvwEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCj&#10;QS0ZnQEAAJQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQAhqgpN4gAAAA8BAAAPAAAAAAAAAAAAAAAAAPcDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAABgUAAAAA&#10;" strokecolor="#ed7d31 [3205]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Enero – Marzo  2026 e-ISSN 1989-3469. pp 1-1</w:t>
+      <w:t xml:space="preserve">Enero – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>Marzo  2026</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00CC784A" w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> e-ISSN 1989-3469. pp 1-1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5CC39BA1" w14:textId="77777777" w:rsidR="004D51C1" w:rsidRDefault="004D51C1" w:rsidP="004D51C1">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5736693F" w14:textId="77777777" w:rsidR="004D51C1" w:rsidRPr="004D51C1" w:rsidRDefault="004D51C1" w:rsidP="004D51C1">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
@@ -7764,85 +6789,129 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent2"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6FA301BE" id="Conector recto 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="-16.95pt,13.7pt" to="-16.95pt,47.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQAYfXKIpAEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC8x5ScokkEyznYaC9B&#13;&#10;G7TJBzDU0iLAF0jWkv++S0qVg6ZA0CIXilzuzO4MV5u70WhyhBCVsy2tVxUlYIXrlD209Onx8+UN&#13;&#10;JTFx23HtLLT0BJHebT9cbAbfwNr1TncQCJLY2Ay+pX1KvmEsih4MjyvnweKldMHwhMdwYF3gA7Ib&#13;&#10;zdZV9YkNLnQ+OAExYnQ/XdJt4ZcSRPomZYREdEuxt1TWUNbnvLLthjeHwH2vxNwG/48uDFcWiy5U&#13;&#10;e544+RnUKyqjRHDRybQSzjAnpRJQNKCauvpDzY+eeyha0JzoF5vi+9GKr8edfQhow+BjE/1DyCpG&#13;&#10;GUz+Yn9kLGadFrNgTERMQYHRj1f17dV19pGdcT7E9AWcIXnTUq1slsEbfryPaUr9nZLD2pIBh2d9&#13;&#10;XZUHYedWyi6dNExp30ES1WHxutCVKYGdDuTI8X25EGDTeu5FW8zOMKm0XoDV28A5P0OhTNC/gBdE&#13;&#10;qexsWsBGWRf+Vj2N9dyynPLRyhe68/bZdafySOUCR6G4PY9tnrWX5wI//1zbXwAAAP//AwBQSwME&#13;&#10;FAAGAAgAAAAhAKf2a+DgAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4D9YhsbUO&#13;&#10;TYA2zaVCVEgsDJQOjE58jSP8EdlOmv57jBhgOenuvXsf1W42mk3kQ+8swt0yA0a2dbK3HcLx42Wx&#13;&#10;BhaisFJoZwnhQgF29fVVJUrpzvadpkPsWBKxoRQIKsah5Dy0iowISzeQTdjJeSNiWn3HpRfnJG40&#13;&#10;X2XZAzeit8lBiYGeFbVfh9Eg7Ec/5cWgmjcXL/r0+eqPtG4Qb2/m/TaNpy2wSHP8+4CfDik/1ClY&#13;&#10;40YrA9MIizzfJCrC6rEAlgi/hwZhc18Aryv+v0b9DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#13;&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#13;&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#13;&#10;AAAhABh9coikAQAApAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#13;&#10;AAgAAAAhAKf2a+DgAAAADgEAAA8AAAAAAAAAAAAAAAAA/gMAAGRycy9kb3ducmV2LnhtbFBLBQYA&#13;&#10;AAAABAAEAPMAAAALBQAAAAA=&#13;&#10;" strokecolor="#ed7d31 [3205]" strokeweight="1pt">
+            <v:line w14:anchorId="6FA301BE" id="Conector recto 6" o:spid="_x0000_s1026" style="position:absolute;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin" from="-16.95pt,13.7pt" to="-16.95pt,47.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYfXKIpAEAAKQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC8x5ScokkEyznYaC9B&#10;G7TJBzDU0iLAF0jWkv++S0qVg6ZA0CIXilzuzO4MV5u70WhyhBCVsy2tVxUlYIXrlD209Onx8+UN&#10;JTFx23HtLLT0BJHebT9cbAbfwNr1TncQCJLY2Ay+pX1KvmEsih4MjyvnweKldMHwhMdwYF3gA7Ib&#10;zdZV9YkNLnQ+OAExYnQ/XdJt4ZcSRPomZYREdEuxt1TWUNbnvLLthjeHwH2vxNwG/48uDFcWiy5U&#10;e544+RnUKyqjRHDRybQSzjAnpRJQNKCauvpDzY+eeyha0JzoF5vi+9GKr8edfQhow+BjE/1DyCpG&#10;GUz+Yn9kLGadFrNgTERMQYHRj1f17dV19pGdcT7E9AWcIXnTUq1slsEbfryPaUr9nZLD2pIBh2d9&#10;XZUHYedWyi6dNExp30ES1WHxutCVKYGdDuTI8X25EGDTeu5FW8zOMKm0XoDV28A5P0OhTNC/gBdE&#10;qexsWsBGWRf+Vj2N9dyynPLRyhe68/bZdafySOUCR6G4PY9tnrWX5wI//1zbXwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAKf2a+DgAAAADgEAAA8AAABkcnMvZG93bnJldi54bWxMTz1PwzAQ3ZH4D9YhsbUO&#10;TYA2zaVCVEgsDJQOjE58jSP8EdlOmv57jBhgOenuvXsf1W42mk3kQ+8swt0yA0a2dbK3HcLx42Wx&#10;BhaisFJoZwnhQgF29fVVJUrpzvadpkPsWBKxoRQIKsah5Dy0iowISzeQTdjJeSNiWn3HpRfnJG40&#10;X2XZAzeit8lBiYGeFbVfh9Eg7Ec/5cWgmjcXL/r0+eqPtG4Qb2/m/TaNpy2wSHP8+4CfDik/1ClY&#10;40YrA9MIizzfJCrC6rEAlgi/hwZhc18Aryv+v0b9DQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhABh9coikAQAApAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKf2a+DgAAAADgEAAA8AAAAAAAAAAAAAAAAA/gMAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAALBQAAAAA=&#10;" strokecolor="#ed7d31 [3205]" strokeweight="1pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="004D51C1">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Prisma Social revista de ciencias sociales , Vol. 9, No. 1</w:t>
+      <w:t xml:space="preserve">Prisma Social revista de ciencias </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>sociales ,</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:b/>
+        <w:bCs/>
+        <w:i/>
+        <w:iCs/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Vol. 9, No. 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="674D5B77" w14:textId="77777777" w:rsidR="004D51C1" w:rsidRPr="004D51C1" w:rsidRDefault="004D51C1" w:rsidP="004D51C1">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004D51C1">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Enero – Marzo  2026 e-ISSN 1989-3469. pp 1-1</w:t>
+      <w:t xml:space="preserve">Enero – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>Marzo  2026</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="004D51C1">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> e-ISSN 1989-3469. pp 1-1</w:t>
     </w:r>
   </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-1731145150"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="1DBADDEB" w14:textId="77777777" w:rsidR="004D51C1" w:rsidRPr="00953F51" w:rsidRDefault="004D51C1" w:rsidP="004D51C1">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:framePr w:w="325" w:wrap="none" w:vAnchor="text" w:hAnchor="page" w:x="10117" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Nmerodepgina"/>
             <w:lang w:val="es-EC"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="003C5623">
           <w:rPr>
@@ -7942,51 +7011,51 @@
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent2"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent2"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="76A2330C" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-51.7pt,12.6pt" to="397.5pt,12.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQCjQS0ZnQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsouipvuwK3hB&#13;&#10;sOLyAV5n3FiyPdbYNOnfM3bbFAESAvHi+DLnzJwzk+397J04ACWLoZfrVSsFBI2DDftefv3y9tUb&#13;&#10;KVJWYVAOA/TyCEne716+2E6xgw2O6AYgwSQhdVPs5Zhz7Jom6RG8SiuMEPjRIHmV+Uj7ZiA1Mbt3&#13;&#10;zaZtb5sJaYiEGlLi28fTo9xVfmNA54/GJMjC9ZJry3Wluj6XtdltVbcnFUerz2Wof6jCKxs46UL1&#13;&#10;qLIS38j+QuWtJkxo8kqjb9AYq6FqYDXr9ic1n0cVoWphc1JcbEr/j1Z/ODyEJ2Ibppi6FJ+oqJgN&#13;&#10;+fLl+sRczTouZsGchebL13ftzd3tjRT68tZcgZFSfgfoRdn00tlQdKhOHd6nzMk49BLCh2vqustH&#13;&#10;ByXYhU9ghB042bqi61TAgyNxUNxPpTWEvCk9ZL4aXWDGOrcA2z8Dz/EFCnVi/ga8IGpmDHkBexuQ&#13;&#10;fpc9z+tzyeYUf3HgpLtY8IzDsTalWsOtrwrPY1pm68dzhV9/pt13AAAA//8DAFBLAwQUAAYACAAA&#13;&#10;ACEAq6hUmOMAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW/CMAyF75P2HyJP2g1SurGN0hRN&#13;&#10;oCHBbZQLt7QxbUXjVE0o3b+fpx22iyXbz8/vS1ejbcWAvW8cKZhNIxBIpTMNVQqO+cfkDYQPmoxu&#13;&#10;HaGCL/Swyu7vUp0Yd6NPHA6hEmxCPtEK6hC6REpf1mi1n7oOiXdn11sduO0raXp9Y3PbyjiKXqTV&#13;&#10;DfGHWne4rrG8HK5WQb4vWrce3GZrT363LXB3zC8npR4fxs2Sy/sSRMAx/F3ADwPnh4yDFe5KxotW&#13;&#10;wWQWPT2zVkE8j0Gw4nUxZ8TidyCzVP7nyL4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#13;&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#13;&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#13;&#10;o0EtGZ0BAACUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#13;&#10;ACEAq6hUmOMAAAAPAQAADwAAAAAAAAAAAAAAAAD3AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#13;&#10;AAQA8wAAAAcFAAAAAA==&#13;&#10;" strokecolor="#ed7d31 [3205]" strokeweight=".5pt">
+            <v:line w14:anchorId="76A2330C" id="Conector recto 5" o:spid="_x0000_s1026" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="-51.7pt,12.6pt" to="397.5pt,12.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjQS0ZnQEAAJQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/06TVsouipvuwK3hB&#10;sOLyAV5n3FiyPdbYNOnfM3bbFAESAvHi+DLnzJwzk+397J04ACWLoZfrVSsFBI2DDftefv3y9tUb&#10;KVJWYVAOA/TyCEne716+2E6xgw2O6AYgwSQhdVPs5Zhz7Jom6RG8SiuMEPjRIHmV+Uj7ZiA1Mbt3&#10;zaZtb5sJaYiEGlLi28fTo9xVfmNA54/GJMjC9ZJry3Wluj6XtdltVbcnFUerz2Wof6jCKxs46UL1&#10;qLIS38j+QuWtJkxo8kqjb9AYq6FqYDXr9ic1n0cVoWphc1JcbEr/j1Z/ODyEJ2Ibppi6FJ+oqJgN&#10;+fLl+sRczTouZsGchebL13ftzd3tjRT68tZcgZFSfgfoRdn00tlQdKhOHd6nzMk49BLCh2vqustH&#10;ByXYhU9ghB042bqi61TAgyNxUNxPpTWEvCk9ZL4aXWDGOrcA2z8Dz/EFCnVi/ga8IGpmDHkBexuQ&#10;fpc9z+tzyeYUf3HgpLtY8IzDsTalWsOtrwrPY1pm68dzhV9/pt13AAAA//8DAFBLAwQUAAYACAAA&#10;ACEAq6hUmOMAAAAPAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQW/CMAyF75P2HyJP2g1SurGN0hRN&#10;oCHBbZQLt7QxbUXjVE0o3b+fpx22iyXbz8/vS1ejbcWAvW8cKZhNIxBIpTMNVQqO+cfkDYQPmoxu&#10;HaGCL/Swyu7vUp0Yd6NPHA6hEmxCPtEK6hC6REpf1mi1n7oOiXdn11sduO0raXp9Y3PbyjiKXqTV&#10;DfGHWne4rrG8HK5WQb4vWrce3GZrT363LXB3zC8npR4fxs2Sy/sSRMAx/F3ADwPnh4yDFe5KxotW&#10;wWQWPT2zVkE8j0Gw4nUxZ8TidyCzVP7nyL4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;o0EtGZ0BAACUAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAq6hUmOMAAAAPAQAADwAAAAAAAAAAAAAAAAD3AwAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAAcFAAAAAA==&#10;" strokecolor="#ed7d31 [3205]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7C0CC1CA" w14:textId="77777777" w:rsidR="0031364C" w:rsidRDefault="0031364C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:color w:val="4472C4" w:themeColor="accent1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
@@ -8195,79 +7264,79 @@
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="063CE38C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="48D38CA3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 11" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:-10.05pt;margin-top:-7.75pt;width:485.4pt;height:53.05pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQA+1+4jLQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5ykTtoacYosRYYB&#13;&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xm022nYRSZF6uPro2cPba3IQVhXgc7paDCkRGgORaV3Of3xuvpy&#13;&#10;R4nzTBdMgRY5PQpHH+afP80ak4kxlKAKYQmCaJc1Jqel9yZLEsdLUTM3ACM0GiXYmnlU7S4pLGsQ&#13;&#10;vVbJeDicJg3Ywljgwjm8feyMdB7xpRTcP0vphCcqp5ibj6eN5zacyXzGsp1lpqx4nwb7hyxqVmkM&#13;&#10;eoZ6ZJ6Rva3+gKorbsGB9AMOdQJSVlzEGrCa0fBDNZuSGRFrweY4c26T+3+w/OmwMS+W+PYrtDjA&#13;&#10;0JDGuMzhZainlbYOX8yUoB1beDy3TbSecLycjqZpep9SwtE2vb2Z3k0CTHJ5bazz3wTUJAg5tTiW&#13;&#10;2C12WDvfuZ5cQjAHqipWlVJRCVQQS2XJgeEQlY85Ivg7L6VJg8FvJsMIrCE875CVxlwuNQXJt9u2&#13;&#10;L3QLxRHrt9BRwxm+qjDJNXP+hVnkApaM/PbPeEgFGAR6iZIS7K+/3Qd/HBFaKWmQWzl1P/fMCkrU&#13;&#10;d43Dux+laSBjVNLJ7RgVe23ZXlv0vl4CVj7CTTI8isHfq5MoLdRvuAaLEBVNTHOMnVN/Epe+Yzyu&#13;&#10;EReLRXRC+hnm13pjeIAOnQ4jeG3fmDX9nDxO+AlOLGTZh3F1vuGlhsXeg6ziLEODu672fUfqRjb0&#13;&#10;axZ241qPXpefwfw3AAAA//8DAFBLAwQUAAYACAAAACEA2S7iaeMAAAAPAQAADwAAAGRycy9kb3du&#13;&#10;cmV2LnhtbExPyU7DMBC9I/EP1iBxQa2dVmkhjVMhVokbDYu4ufGQRMTjKHbT8PcMJ7iM3mjevCXf&#13;&#10;Tq4TIw6h9aQhmSsQSJW3LdUaXsr72SWIEA1Z03lCDd8YYFucnuQms/5IzzjuYi1YhEJmNDQx9pmU&#13;&#10;oWrQmTD3PRLfPv3gTOR1qKUdzJHFXScXSq2kMy2xQ2N6vGmw+todnIaPi/r9KUwPr8dluuzvHsdy&#13;&#10;/WZLrc/PptsNj+sNiIhT/PuA3w6cHwoOtvcHskF0GmYLlTCVQZKmIJhxlao1iD0DtQJZ5PJ/j+IH&#13;&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#13;&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#13;&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAPtfuIy0CAABUBAAADgAAAAAAAAAAAAAAAAAu&#13;&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2S7iaeMAAAAPAQAADwAAAAAAAAAAAAAA&#13;&#10;AACHBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#13;&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 11" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-10.05pt;margin-top:-7.75pt;width:485.4pt;height:53.05pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+1+4jLQIAAFQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5ykTtoacYosRYYB&#10;QVsgHXpWZCk2IIuapMTOfv0o2Xm022nYRSZF6uPro2cPba3IQVhXgc7paDCkRGgORaV3Of3xuvpy&#10;R4nzTBdMgRY5PQpHH+afP80ak4kxlKAKYQmCaJc1Jqel9yZLEsdLUTM3ACM0GiXYmnlU7S4pLGsQ&#10;vVbJeDicJg3Ywljgwjm8feyMdB7xpRTcP0vphCcqp5ibj6eN5zacyXzGsp1lpqx4nwb7hyxqVmkM&#10;eoZ6ZJ6Rva3+gKorbsGB9AMOdQJSVlzEGrCa0fBDNZuSGRFrweY4c26T+3+w/OmwMS+W+PYrtDjA&#10;0JDGuMzhZainlbYOX8yUoB1beDy3TbSecLycjqZpep9SwtE2vb2Z3k0CTHJ5bazz3wTUJAg5tTiW&#10;2C12WDvfuZ5cQjAHqipWlVJRCVQQS2XJgeEQlY85Ivg7L6VJg8FvJsMIrCE875CVxlwuNQXJt9u2&#10;L3QLxRHrt9BRwxm+qjDJNXP+hVnkApaM/PbPeEgFGAR6iZIS7K+/3Qd/HBFaKWmQWzl1P/fMCkrU&#10;d43Dux+laSBjVNLJ7RgVe23ZXlv0vl4CVj7CTTI8isHfq5MoLdRvuAaLEBVNTHOMnVN/Epe+Yzyu&#10;EReLRXRC+hnm13pjeIAOnQ4jeG3fmDX9nDxO+AlOLGTZh3F1vuGlhsXeg6ziLEODu672fUfqRjb0&#10;axZ241qPXpefwfw3AAAA//8DAFBLAwQUAAYACAAAACEA7jikG+EAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPy07DMBBF90j8gzVIbFBrp1VaCHEqhHhI7Gh4iJ0bD0lEPI5iNwl/z7CC3R3N0Z0z&#10;+W52nRhxCK0nDclSgUCqvG2p1vBS3i8uQYRoyJrOE2r4xgC74vQkN5n1Ez3juI+14BIKmdHQxNhn&#10;UoaqQWfC0vdIvPv0gzORx6GWdjATl7tOrpTaSGda4guN6fG2weprf3QaPi7q96cwP7xO63Td3z2O&#10;5fbNllqfn8031yAizvEPhl99VoeCnQ7+SDaITsNipRJGOSRpCoKJq1RtQRw4qA3IIpf/Xyh+AAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD7X7iMtAgAAVAQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO44pBvhAAAACgEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="0031364C" w:rsidRPr="0031364C" w:rsidRDefault="0031364C" w:rsidP="0031364C">
+                  <w:p w14:paraId="1D753B32" w14:textId="77777777" w:rsidR="0031364C" w:rsidRPr="0031364C" w:rsidRDefault="0031364C" w:rsidP="0031364C">
                     <w:pPr>
                       <w:pStyle w:val="Ttulo1"/>
                       <w:spacing w:before="0" w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:eastAsia="Calibri" w:hAnsi="Avenir Book" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="0031364C">
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:eastAsia="Calibri" w:hAnsi="Avenir Book" w:cs="Arial"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC"/>
                       </w:rPr>
                       <w:t>Cómo citar este artículo / Referencia normalizada: (Norma APA 7ª)</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="0031364C" w:rsidRPr="00EF2D8F" w:rsidRDefault="0031364C" w:rsidP="0031364C">
+                  <w:p w14:paraId="356CB9F7" w14:textId="77777777" w:rsidR="0031364C" w:rsidRPr="00EF2D8F" w:rsidRDefault="0031364C" w:rsidP="0031364C">
                     <w:pPr>
                       <w:pStyle w:val="Ttulo1"/>
                       <w:spacing w:before="0" w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:eastAsia="Arial" w:hAnsi="Avenir Book" w:cs="Arial"/>
                         <w:b w:val="0"/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EF2D8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:eastAsia="Calibri" w:hAnsi="Avenir Book" w:cs="Arial"/>
                         <w:b w:val="0"/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Nombre Apellido (2025) </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00EF2D8F">
                       <w:rPr>
@@ -8360,84 +7429,84 @@
                       <w:t xml:space="preserve">), </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Times New Roman"/>
                         <w:b w:val="0"/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC" w:eastAsia="es-MX"/>
                       </w:rPr>
                       <w:t>1-1</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00EF2D8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book" w:cs="Times New Roman"/>
                         <w:b w:val="0"/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                         <w:lang w:val="es-EC" w:eastAsia="es-MX"/>
                       </w:rPr>
                       <w:t>.</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w:rsidR="0031364C" w:rsidRPr="00EF2D8F" w:rsidRDefault="0031364C" w:rsidP="0031364C">
+                  <w:p w14:paraId="2727198A" w14:textId="77777777" w:rsidR="0031364C" w:rsidRPr="00EF2D8F" w:rsidRDefault="0031364C" w:rsidP="0031364C">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
                         <w:lang w:val="es-EC"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D088EE9" w14:textId="77777777" w:rsidR="0032450E" w:rsidRDefault="0032450E" w:rsidP="006568E5">
+    <w:p w14:paraId="51C17DA9" w14:textId="77777777" w:rsidR="006D1716" w:rsidRDefault="006D1716" w:rsidP="006568E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="070714C6" w14:textId="77777777" w:rsidR="0032450E" w:rsidRDefault="0032450E" w:rsidP="006568E5">
+    <w:p w14:paraId="73B320FA" w14:textId="77777777" w:rsidR="006D1716" w:rsidRDefault="006D1716" w:rsidP="006568E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1DD50CF4" w14:textId="77777777" w:rsidR="000D4121" w:rsidRPr="004D51C1" w:rsidRDefault="00EF2D8F" w:rsidP="004D51C1">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:b/>
         <w:bCs/>
         <w:color w:val="ED7D31" w:themeColor="accent2"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -8696,121 +7765,185 @@
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="72EF6733" w14:textId="77777777" w:rsidR="0031364C" w:rsidRPr="00602212" w:rsidRDefault="0031364C" w:rsidP="0031364C">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC784A">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Prisma Social revista de ciencias sociales</w:t>
+      <w:t xml:space="preserve">Prisma Social revista de ciencias </w:t>
     </w:r>
-    <w:r w:rsidRPr="007A1543">
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00CC784A">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t>sociales</w:t>
     </w:r>
-    <w:r w:rsidRPr="00602212">
+    <w:r w:rsidRPr="007A1543">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t xml:space="preserve">, Vol. </w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00602212">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>,</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00602212">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Vol. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00602212">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t xml:space="preserve">, No. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6556FDD2" w14:textId="77777777" w:rsidR="0031364C" w:rsidRPr="00CC784A" w:rsidRDefault="0031364C" w:rsidP="0031364C">
     <w:pPr>
       <w:pStyle w:val="NormalWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
     <w:r w:rsidRPr="00CC784A">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
-      <w:t>Enero – Marzo  2026 e-ISSN 1989-3469. pp 1</w:t>
+      <w:t xml:space="preserve">Enero – </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00CC784A">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>Marzo  2026</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidRPr="00CC784A">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> e-ISSN 1989-3469. </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00CC784A">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t>pp</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00CC784A">
+      <w:rPr>
+        <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
+        <w:color w:val="9B9B9B"/>
+        <w:sz w:val="13"/>
+        <w:szCs w:val="13"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:color w:val="9B9B9B"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:t>-1</w:t>
     </w:r>
     <w:r w:rsidRPr="00CC784A">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Book" w:hAnsi="Avenir Book"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
         <w:sz w:val="13"/>
         <w:szCs w:val="13"/>
       </w:rPr>
       <w:br/>
       <w:t>DOI</w:t>
     </w:r>
     <w:hyperlink r:id="rId3" w:history="1"/>
     <w:r>
       <w:rPr>
@@ -11415,51 +10548,51 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="85424127">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1233468157">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1869103268">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1851918027">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="2112771812">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="710959695">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="79"/>
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -11552,50 +10685,51 @@
     <w:rsid w:val="00525B26"/>
     <w:rsid w:val="00532CF3"/>
     <w:rsid w:val="00554DBF"/>
     <w:rsid w:val="00556380"/>
     <w:rsid w:val="005939F5"/>
     <w:rsid w:val="005B2C2F"/>
     <w:rsid w:val="005B66C5"/>
     <w:rsid w:val="005B711F"/>
     <w:rsid w:val="005F4664"/>
     <w:rsid w:val="00602212"/>
     <w:rsid w:val="0063651D"/>
     <w:rsid w:val="0064030F"/>
     <w:rsid w:val="00640F7F"/>
     <w:rsid w:val="00644AA4"/>
     <w:rsid w:val="006520C9"/>
     <w:rsid w:val="006568E5"/>
     <w:rsid w:val="00664B6A"/>
     <w:rsid w:val="00671AC6"/>
     <w:rsid w:val="00673AB3"/>
     <w:rsid w:val="00684767"/>
     <w:rsid w:val="0069445A"/>
     <w:rsid w:val="006C15A0"/>
     <w:rsid w:val="006C1D72"/>
     <w:rsid w:val="006C44DA"/>
     <w:rsid w:val="006C7970"/>
+    <w:rsid w:val="006D1716"/>
     <w:rsid w:val="006E3C2A"/>
     <w:rsid w:val="006F4189"/>
     <w:rsid w:val="00716DCC"/>
     <w:rsid w:val="00731ABE"/>
     <w:rsid w:val="00746F1D"/>
     <w:rsid w:val="00750EFD"/>
     <w:rsid w:val="00775399"/>
     <w:rsid w:val="007856A6"/>
     <w:rsid w:val="007A1543"/>
     <w:rsid w:val="007A2DF2"/>
     <w:rsid w:val="007A4CC9"/>
     <w:rsid w:val="007A733C"/>
     <w:rsid w:val="007B4F84"/>
     <w:rsid w:val="007D1FA8"/>
     <w:rsid w:val="007D607B"/>
     <w:rsid w:val="007E0E98"/>
     <w:rsid w:val="007E5C61"/>
     <w:rsid w:val="008030A2"/>
     <w:rsid w:val="00803346"/>
     <w:rsid w:val="00883ADC"/>
     <w:rsid w:val="008A1F8E"/>
     <w:rsid w:val="008B35F6"/>
     <w:rsid w:val="00906BC4"/>
     <w:rsid w:val="00907048"/>
     <w:rsid w:val="009106B5"/>
@@ -11633,66 +10767,68 @@
     <w:rsid w:val="00BF4A86"/>
     <w:rsid w:val="00C167A1"/>
     <w:rsid w:val="00C2269A"/>
     <w:rsid w:val="00C317CC"/>
     <w:rsid w:val="00C45596"/>
     <w:rsid w:val="00C47A23"/>
     <w:rsid w:val="00C51AA1"/>
     <w:rsid w:val="00C53261"/>
     <w:rsid w:val="00C54EE2"/>
     <w:rsid w:val="00C709A5"/>
     <w:rsid w:val="00C76DFC"/>
     <w:rsid w:val="00C920F8"/>
     <w:rsid w:val="00CC784A"/>
     <w:rsid w:val="00CD0201"/>
     <w:rsid w:val="00CD0E24"/>
     <w:rsid w:val="00CD340B"/>
     <w:rsid w:val="00CE015C"/>
     <w:rsid w:val="00CF5FA8"/>
     <w:rsid w:val="00CF6A8F"/>
     <w:rsid w:val="00D4550B"/>
     <w:rsid w:val="00D528A7"/>
     <w:rsid w:val="00D53D5D"/>
     <w:rsid w:val="00D5506C"/>
     <w:rsid w:val="00D57660"/>
     <w:rsid w:val="00D62B21"/>
+    <w:rsid w:val="00D819C1"/>
     <w:rsid w:val="00DA34AE"/>
     <w:rsid w:val="00DA45D9"/>
     <w:rsid w:val="00DC0497"/>
     <w:rsid w:val="00DD4860"/>
     <w:rsid w:val="00DE3F46"/>
     <w:rsid w:val="00E00595"/>
     <w:rsid w:val="00E015FF"/>
     <w:rsid w:val="00E14184"/>
     <w:rsid w:val="00E16857"/>
     <w:rsid w:val="00E24A72"/>
     <w:rsid w:val="00E26A60"/>
     <w:rsid w:val="00E32CD5"/>
     <w:rsid w:val="00E43C30"/>
     <w:rsid w:val="00E51042"/>
     <w:rsid w:val="00E66EC8"/>
     <w:rsid w:val="00E727DC"/>
+    <w:rsid w:val="00EE4808"/>
     <w:rsid w:val="00EF2D8F"/>
     <w:rsid w:val="00F1680D"/>
     <w:rsid w:val="00F314E1"/>
     <w:rsid w:val="00F32A49"/>
     <w:rsid w:val="00F36C63"/>
     <w:rsid w:val="00F44039"/>
     <w:rsid w:val="00F65525"/>
     <w:rsid w:val="00F87CDA"/>
     <w:rsid w:val="00FA5166"/>
     <w:rsid w:val="00FE2649"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-EC"/>
@@ -12083,51 +11219,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006568E5"/>
+    <w:rsid w:val="00D819C1"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="es-VE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo1Car"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="0093358A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8222"/>
       </w:tabs>
       <w:spacing w:before="480" w:after="160" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
@@ -13334,50 +12470,110 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s209">
     <w:name w:val="s209"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F65525"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s222">
     <w:name w:val="s222"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F65525"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s225">
     <w:name w:val="s225"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F65525"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s206">
     <w:name w:val="s206"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F65525"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s226">
     <w:name w:val="s226"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:rsid w:val="00F65525"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="01PaperTitle">
+    <w:name w:val="01. PaperTitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D819C1"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2977"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6Abstract-Resumen">
+    <w:name w:val="6.Abstract-Resumen"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D819C1"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-GB" w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5TitleIntro">
+    <w:name w:val="5. Title Intro"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D819C1"/>
+    <w:pPr>
+      <w:ind w:right="567"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:caps/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="en-US" w:eastAsia="de-DE"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6830229">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="17121698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -17062,78 +16258,78 @@
             <b:Last>Vargas</b:Last>
             <b:First>Xiomara</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Title>Protocolo de Vigilancia Epidemiológica para el abordaje de personas usuarias por Viruela Símica</b:Title>
     <b:Year>2022</b:Year>
     <b:URL>https://www.cendeisss.sa.cr/wp/wp-content/uploads/2024/04/Protocolo-Viruela-Simica.CCSS_.pdf</b:URL>
     <b:JournalName>Seguro Social</b:JournalName>
     <b:RefOrder>33</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0CF37FC-5895-4243-942D-4E1A2445F1F7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>5038</Characters>
+  <Pages>4</Pages>
+  <Words>1008</Words>
+  <Characters>5549</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>46</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5942</CharactersWithSpaces>
+  <CharactersWithSpaces>6544</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>carlos isaac barros bastidas</dc:creator>
   <cp:keywords>docId:07393675873993CDEFDC694037C522D6</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Mendeley Document_1">
     <vt:lpwstr>True</vt:lpwstr>